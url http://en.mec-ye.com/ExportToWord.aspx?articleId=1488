--- v0 (2025-11-05)
+++ v1 (2025-12-30)
@@ -1,35 +1,35 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R300fd2cdd1a945b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8fd1ad1efac14ffe" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="heading 3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">فوائد الأرز واستعمالاته</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:lang w:val="ar"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">يعتبرالأرز من أهم الحبوب التي يحتاجها جسم الإنسان ومن مميزاته أنه يقدم في جميع الفصول وتكاد لا تخلو مائدة منه, يتناوله الكبار والصغار والمرضى والأصحاء, وهناك حوالي 150 صنف من الأرز .</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -212,27 +212,27 @@
   <w:abstractNum w:abstractNumId="6">
     <w:multiLevelType w:val="singleLevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:ind w:left="420" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7">
     <w:multiLevelType w:val="singleLevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:ind w:left="420" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
 </w:numbering>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R740940d7c3fc4fe0" /></Relationships>
-</file>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R28574606c8b74a0a" /></Relationships>
+</file>