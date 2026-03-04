--- v1 (2025-12-30)
+++ v2 (2026-03-04)
@@ -1,35 +1,35 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8fd1ad1efac14ffe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rcbb4f053312c48dc" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="heading 3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">فوائد الأرز واستعمالاته</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:lang w:val="ar"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">يعتبرالأرز من أهم الحبوب التي يحتاجها جسم الإنسان ومن مميزاته أنه يقدم في جميع الفصول وتكاد لا تخلو مائدة منه, يتناوله الكبار والصغار والمرضى والأصحاء, وهناك حوالي 150 صنف من الأرز .</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -212,27 +212,27 @@
   <w:abstractNum w:abstractNumId="6">
     <w:multiLevelType w:val="singleLevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:ind w:left="420" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7">
     <w:multiLevelType w:val="singleLevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:ind w:left="420" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
 </w:numbering>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R28574606c8b74a0a" /></Relationships>
-</file>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R27723df209e84186" /></Relationships>
+</file>