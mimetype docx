--- v2 (2026-03-04)
+++ v3 (2026-03-04)
@@ -1,35 +1,35 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rcbb4f053312c48dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R98cd4089a4b54b05" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="heading 3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">فوائد الأرز واستعمالاته</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:lang w:val="ar"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">يعتبرالأرز من أهم الحبوب التي يحتاجها جسم الإنسان ومن مميزاته أنه يقدم في جميع الفصول وتكاد لا تخلو مائدة منه, يتناوله الكبار والصغار والمرضى والأصحاء, وهناك حوالي 150 صنف من الأرز .</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -212,27 +212,27 @@
   <w:abstractNum w:abstractNumId="6">
     <w:multiLevelType w:val="singleLevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:ind w:left="420" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7">
     <w:multiLevelType w:val="singleLevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:ind w:left="420" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
 </w:numbering>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R27723df209e84186" /></Relationships>
-</file>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Re8b80338d74c4831" /></Relationships>
+</file>