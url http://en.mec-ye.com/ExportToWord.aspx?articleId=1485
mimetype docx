--- v0 (2025-11-02)
+++ v1 (2026-01-02)
@@ -1,35 +1,35 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R40bf1fc834fd44b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8103ce81fa514180" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="heading 3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">الجودة معيار العمل الناجح</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:lang w:val="ar"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">إدارة الجودة الشاملة "Total Quality Management" عبارة عن فلسفة كاملة، و نمط جديد للتحسين المستمر بشكل متتال و متلازم بين الأفراد و المؤسسة ذاتها.
 و لا يمكن أن يحصل التحسن في المؤسسة، ما لم يحصل ذاتياً على المستوى الشخصي، ثم التحسين على مستوى الأنظمة والهياكل.
 و هي -أيضاً- نظرية عمل تعتبر المبادئ محورها الأساسي، و هي خلاصة الأحسن في العالم. و تعتمد هذه النظرية على الجانب الإنساني أكثر من الجانب الفني أو التقني .</w:t>
       </w:r>
     </w:p>
@@ -281,27 +281,27 @@
   <w:abstractNum w:abstractNumId="6">
     <w:multiLevelType w:val="singleLevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:ind w:left="420" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7">
     <w:multiLevelType w:val="singleLevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:ind w:left="420" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
 </w:numbering>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rf74229c49fd34957" /></Relationships>
-</file>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R30154adbe2124d3f" /></Relationships>
+</file>