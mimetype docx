--- v1 (2026-01-02)
+++ v2 (2026-03-04)
@@ -1,35 +1,35 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8103ce81fa514180" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R5bb1e8336bd64e14" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="heading 3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">الجودة معيار العمل الناجح</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:lang w:val="ar"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">إدارة الجودة الشاملة "Total Quality Management" عبارة عن فلسفة كاملة، و نمط جديد للتحسين المستمر بشكل متتال و متلازم بين الأفراد و المؤسسة ذاتها.
 و لا يمكن أن يحصل التحسن في المؤسسة، ما لم يحصل ذاتياً على المستوى الشخصي، ثم التحسين على مستوى الأنظمة والهياكل.
 و هي -أيضاً- نظرية عمل تعتبر المبادئ محورها الأساسي، و هي خلاصة الأحسن في العالم. و تعتمد هذه النظرية على الجانب الإنساني أكثر من الجانب الفني أو التقني .</w:t>
       </w:r>
     </w:p>
@@ -281,27 +281,27 @@
   <w:abstractNum w:abstractNumId="6">
     <w:multiLevelType w:val="singleLevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:ind w:left="420" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7">
     <w:multiLevelType w:val="singleLevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:ind w:left="420" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
 </w:numbering>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R30154adbe2124d3f" /></Relationships>
-</file>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R7863305475e74c7f" /></Relationships>
+</file>