--- v0 (2025-10-24)
+++ v1 (2026-01-07)
@@ -1,78 +1,78 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R049f9d4e3a78409b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R98f49d7cc5de4da7" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="heading 3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">كيف نحافظ على زيت القلي</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:lang w:val="ar"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bdr/>
         </w:rPr>
         <w:drawing>
           <wp:inline xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="3581400" cy="2381250"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="2" name="http://en.mec-ye.com/media/9318/vegetable-oil.jpg" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name="http://en.mec-ye.com/media/9318/vegetable-oil.jpg" descr=""/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="Re15b9c8e72624f5d"/>
+                    <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="Re42c4b52567840f2"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3581400" cy="2381250"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:lang w:val="ar"/>
@@ -403,27 +403,27 @@
   <w:abstractNum w:abstractNumId="6">
     <w:multiLevelType w:val="singleLevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:ind w:left="420" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7">
     <w:multiLevelType w:val="singleLevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:ind w:left="420" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
 </w:numbering>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R2f04afe092a946be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpg" Id="Re15b9c8e72624f5d" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R8ad0d52dae9a4859" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpg" Id="Re42c4b52567840f2" /></Relationships>
 </file>