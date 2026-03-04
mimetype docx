--- v1 (2026-01-07)
+++ v2 (2026-03-04)
@@ -1,78 +1,78 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R98f49d7cc5de4da7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd9318a36372e479b" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="heading 3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">كيف نحافظ على زيت القلي</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:lang w:val="ar"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bdr/>
         </w:rPr>
         <w:drawing>
           <wp:inline xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="3581400" cy="2381250"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="2" name="http://en.mec-ye.com/media/9318/vegetable-oil.jpg" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name="http://en.mec-ye.com/media/9318/vegetable-oil.jpg" descr=""/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="Re42c4b52567840f2"/>
+                    <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="Rbc49a08dc8de4be2"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3581400" cy="2381250"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:lang w:val="ar"/>
@@ -403,27 +403,27 @@
   <w:abstractNum w:abstractNumId="6">
     <w:multiLevelType w:val="singleLevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:ind w:left="420" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7">
     <w:multiLevelType w:val="singleLevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:ind w:left="420" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
 </w:numbering>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R8ad0d52dae9a4859" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpg" Id="Re42c4b52567840f2" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Red8bd87df77d4cc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpg" Id="Rbc49a08dc8de4be2" /></Relationships>
 </file>