--- v0 (2025-11-05)
+++ v1 (2026-01-09)
@@ -1,35 +1,35 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf2b4ef2c3e064083" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4de85cd35c6a4b1b" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="heading 3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">معلومات صحية عن الأرز </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:lang w:val="ar"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">يعتبر الأرز من المواد الغذائية المتكاملة لما يحتويه من عناصر غذائية متعددة وضرورية للجسم، ويعد من الأغذية الكاملة عند بعض الشعوب الإسيوية منذ مئات السنين. ويشتهر سكان تلك الدول بالرشاقة وخفة الوزن وقلة الأمراض. ويعد الأرز من أفضل الحبوب لصحة الإنسان ، نظراً لما يتصف به من قلة الدهون والكولسترول وعدم وجود الصوديوم وقلة الأملاح ومحدودية السعرات الحرارية ، وكثرة الألياف والمعادن والفيتامينات ( هذا في الأرز البني ) ويستخدم الأرز كوصفة غذائية بديلة للحبوب لمرضى الحساسية ضد الحبوب ، لأن الأرز لا يحتوى على بروتين الجلوتين المسبب لتلك الحساسية . و يوصف الأرز للأطفال ذوي الأصابة الوراثية بالسكري بعد تحضيره بطريقة معينة . و يعتبر الأرز الغذاء الأمثل لبعض المرضى الذين يحتاجون إلى نظام غذائي خاص ، فيوصف مسلوقاً لمرضى القلب والكلى ، وكحمية غذائية ضد السمنة ولمرضى السكر ، وذلك بعد إضفاة بعض المواد إليه مثل الحليب قليل الدسم أو منزوع الدسم مع اجتناب الدهون والبهارات وبعض المواد الغنية بالسعرات الحرارية والطاقة.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
@@ -155,27 +155,27 @@
   <w:abstractNum w:abstractNumId="6">
     <w:multiLevelType w:val="singleLevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:ind w:left="420" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7">
     <w:multiLevelType w:val="singleLevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:ind w:left="420" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
 </w:numbering>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Re857ecdd90484a91" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R9a49a71f99104c0a" /></Relationships>
 </file>