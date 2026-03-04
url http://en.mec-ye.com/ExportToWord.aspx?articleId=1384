--- v1 (2026-01-09)
+++ v2 (2026-03-04)
@@ -1,35 +1,35 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4de85cd35c6a4b1b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb0c3e2c6e8724fe2" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="heading 3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">معلومات صحية عن الأرز </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:rPr>
           <w:lang w:val="ar"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">يعتبر الأرز من المواد الغذائية المتكاملة لما يحتويه من عناصر غذائية متعددة وضرورية للجسم، ويعد من الأغذية الكاملة عند بعض الشعوب الإسيوية منذ مئات السنين. ويشتهر سكان تلك الدول بالرشاقة وخفة الوزن وقلة الأمراض. ويعد الأرز من أفضل الحبوب لصحة الإنسان ، نظراً لما يتصف به من قلة الدهون والكولسترول وعدم وجود الصوديوم وقلة الأملاح ومحدودية السعرات الحرارية ، وكثرة الألياف والمعادن والفيتامينات ( هذا في الأرز البني ) ويستخدم الأرز كوصفة غذائية بديلة للحبوب لمرضى الحساسية ضد الحبوب ، لأن الأرز لا يحتوى على بروتين الجلوتين المسبب لتلك الحساسية . و يوصف الأرز للأطفال ذوي الأصابة الوراثية بالسكري بعد تحضيره بطريقة معينة . و يعتبر الأرز الغذاء الأمثل لبعض المرضى الذين يحتاجون إلى نظام غذائي خاص ، فيوصف مسلوقاً لمرضى القلب والكلى ، وكحمية غذائية ضد السمنة ولمرضى السكر ، وذلك بعد إضفاة بعض المواد إليه مثل الحليب قليل الدسم أو منزوع الدسم مع اجتناب الدهون والبهارات وبعض المواد الغنية بالسعرات الحرارية والطاقة.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
@@ -155,27 +155,27 @@
   <w:abstractNum w:abstractNumId="6">
     <w:multiLevelType w:val="singleLevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:ind w:left="420" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7">
     <w:multiLevelType w:val="singleLevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:ind w:left="420" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
 </w:numbering>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R9a49a71f99104c0a" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rd9fb02125aa94307" /></Relationships>
 </file>